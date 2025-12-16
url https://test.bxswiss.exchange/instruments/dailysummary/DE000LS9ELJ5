--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6f48fd60390426a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce091d9c9d94436a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13cd6080a1ce43b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05f3338584934221"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d4bcba977fe4ec3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13cd6080a1ce43b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac003334650b46f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05f3338584934221" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top of Analysts Österreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>148,538</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>