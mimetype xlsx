--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce091d9c9d94436a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dc58509618c4741" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05f3338584934221"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R945c5d9559af43c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac003334650b46f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05f3338584934221" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19c090d8995b4b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R945c5d9559af43c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top of Analysts Österreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>147,190</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>