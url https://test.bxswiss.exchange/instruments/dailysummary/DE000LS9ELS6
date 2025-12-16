--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fad4d5be645425b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6030fd0fa553467e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01d5d9669dde441c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81107373611040a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30a898f032754851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01d5d9669dde441c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda50fcc6eaf4b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81107373611040a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>boersentrends Deutschland30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>198,944</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>198,052</x:t>
-[...463 lines deleted...]
-          <x:t>202,138</x:t>
+          <x:t>199,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,351</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>