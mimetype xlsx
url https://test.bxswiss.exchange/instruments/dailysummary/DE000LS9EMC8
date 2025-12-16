--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a2b060cdd264859" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d565d7989aa4aa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf11fdbf9c0a24022"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9eb86002b1c4e04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf67d11a560349de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf11fdbf9c0a24022" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e85f25875ea4805" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9eb86002b1c4e04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rund um Gesund</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EMC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>198,924</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>