--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d565d7989aa4aa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b5f2f2e45934ca3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9eb86002b1c4e04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R179a91d39bde446a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e85f25875ea4805" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9eb86002b1c4e04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72866ba7c23744d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R179a91d39bde446a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rund um Gesund</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EMC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>