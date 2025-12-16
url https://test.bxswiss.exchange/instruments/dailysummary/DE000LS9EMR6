--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ec2da3f28f7447c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1054b51b0f0047d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d0f2fd9412c43d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra59b80a1b1d74f99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R971b4510977d434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d0f2fd9412c43d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4231a7ea3cab457f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra59b80a1b1d74f99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börsenbetreiber</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EMR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...419 lines deleted...]
-          <x:t>351,296</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,689</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>353,655</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>