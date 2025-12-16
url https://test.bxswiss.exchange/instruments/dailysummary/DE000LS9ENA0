--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bdfddc3f11441fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5d4a2d7db0b49cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23ec9ff817614654"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cd6bb682f914f0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37c6bd5317f34de1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23ec9ff817614654" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re36630c8a61b443b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cd6bb682f914f0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer DACH-Region</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>156,827</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>