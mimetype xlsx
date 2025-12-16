--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c19d4488d4c49f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf53d6583411f4373" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78ff9d6144fd489c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R107fc21b9b014c94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R068ea7e27b224eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78ff9d6144fd489c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R242ff0c7dac0431e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R107fc21b9b014c94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exponentialfunktion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>190,882</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>