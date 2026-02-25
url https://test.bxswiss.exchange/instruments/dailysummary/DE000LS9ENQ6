--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf53d6583411f4373" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b7b151d15bf46a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R107fc21b9b014c94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R764be266efe142c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R242ff0c7dac0431e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R107fc21b9b014c94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R500678e9bcf64dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R764be266efe142c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exponentialfunktion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>