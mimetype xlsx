--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a0f94469638441e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0c996c5a2b14d54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5872b5f1d1ff48c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bef2eee4180437e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb31f94c44e224ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5872b5f1d1ff48c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0b31b8ef4f546d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bef2eee4180437e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenstrategie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>189,599</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,027</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>193,649</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>