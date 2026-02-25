--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0c996c5a2b14d54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R450b0726034f4cc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bef2eee4180437e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53bfb11a86924046"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0b31b8ef4f546d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bef2eee4180437e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8b31c1003144b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53bfb11a86924046" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenstrategie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>193,979</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,782</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>195,657</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>