--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f4c781b32934096" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91fe7cc4cbc24cc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f57ee39e4674637"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c5d4163a960459a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda6c01e48e5a46e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f57ee39e4674637" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20a1aea9015642e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c5d4163a960459a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MRbasics Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>68,997</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>