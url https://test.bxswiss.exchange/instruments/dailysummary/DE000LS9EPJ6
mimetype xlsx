--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91fe7cc4cbc24cc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R214a0cab7ef044f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c5d4163a960459a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R704d11ed96e44c92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20a1aea9015642e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c5d4163a960459a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f91b2bd4928442d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R704d11ed96e44c92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MRbasics Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...512 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,868</x:t>
+          <x:t>76,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,197</x:t>
-[...53 lines deleted...]
-          <x:t>77,551</x:t>
+          <x:t>77,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>