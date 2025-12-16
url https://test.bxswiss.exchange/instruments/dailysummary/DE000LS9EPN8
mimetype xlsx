--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdd509d2d37c4585" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R636b504a61514355" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd749200df1424ee7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb3a9cb6e9d24c5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eeec9bcdcea4d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd749200df1424ee7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0986e8fd0362415a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb3a9cb6e9d24c5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM Internet of Everything</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,512 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>132,618</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>