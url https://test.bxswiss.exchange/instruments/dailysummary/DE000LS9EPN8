--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R636b504a61514355" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb751f7e615af49ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb3a9cb6e9d24c5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65a523c8b43444ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0986e8fd0362415a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb3a9cb6e9d24c5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1c635ec84b0483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65a523c8b43444ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM Internet of Everything</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,512 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...458 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>