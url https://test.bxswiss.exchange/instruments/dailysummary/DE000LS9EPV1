--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4c344853b2649a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4740fcdd17fd4e28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1648ee9b40b4b2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fce3affb8f14279"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra47e57b610f644ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1648ee9b40b4b2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab1dbcb5da764fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fce3affb8f14279" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Flop5 des Vorjahres</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>88,238</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>