--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4740fcdd17fd4e28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eab33b372204a43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fce3affb8f14279"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3678b522ddb4903"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab1dbcb5da764fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fce3affb8f14279" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5fb6f634d8947f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3678b522ddb4903" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Flop5 des Vorjahres</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>