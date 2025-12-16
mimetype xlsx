--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b7f84cc96a04c0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b949218bec74087" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec4fa793a1d44568"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a6305a096bb4538"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb97a715101144a32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec4fa793a1d44568" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0929b83eba3f444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a6305a096bb4538" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Trends and Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>488,971</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>