--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b949218bec74087" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red2bb8392f3049b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a6305a096bb4538"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re40c415d4cd74f86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0929b83eba3f444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a6305a096bb4538" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2340ad06c6584c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re40c415d4cd74f86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Trends and Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>430,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>427,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>429,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>