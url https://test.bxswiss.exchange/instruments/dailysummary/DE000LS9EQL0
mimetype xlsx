--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b889d85b10c40f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47d7124da3884e97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re16269a82d56468d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf469f6b213864f06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27c7b83779da46b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re16269a82d56468d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb948bbd9b1844523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf469f6b213864f06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM HighDividend Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>207,750</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>