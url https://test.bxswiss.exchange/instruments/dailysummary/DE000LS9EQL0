--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47d7124da3884e97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f9da4b571fe4fbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf469f6b213864f06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4527c5073adb4684"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb948bbd9b1844523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf469f6b213864f06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf479430862674abf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4527c5073adb4684" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM HighDividend Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>