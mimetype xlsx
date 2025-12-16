--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re094eb3070ff48c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d61fc3d22f8478f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6fdf414167a4689"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a7d6a526ae44e9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R496186f57a6d4f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6fdf414167a4689" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1491132935344049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a7d6a526ae44e9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Norwegische Nationalbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>141,997</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>