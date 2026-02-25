--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d61fc3d22f8478f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79f381e83736434d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a7d6a526ae44e9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4d1c8da5f824d64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1491132935344049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a7d6a526ae44e9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e46ba20b2db4804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4d1c8da5f824d64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Norwegische Nationalbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>