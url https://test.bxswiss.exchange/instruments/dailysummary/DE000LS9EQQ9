--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R994d66b524fa49b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd16656e5bf9a4664" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb780709ce36f40c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23ad00b896c24e12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2399bdf70f224821" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb780709ce36f40c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f583fb52ec944bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23ad00b896c24e12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Szew Grundinvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1.010,111</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.022,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.014,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.017,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.002,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.006,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>993,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>999,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.026,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.020,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.012,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.002,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.026,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.031,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.030,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.031,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.052,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.031,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.063,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.062,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.077,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>