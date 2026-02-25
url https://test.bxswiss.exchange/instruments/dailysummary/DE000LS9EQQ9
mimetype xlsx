--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd16656e5bf9a4664" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1c1d5a549974383" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23ad00b896c24e12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1169c5708bdf4675"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f583fb52ec944bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23ad00b896c24e12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34030d3081be48c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1169c5708bdf4675" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Szew Grundinvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.096,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.098,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.092,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.094,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.139,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.138,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.138,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.151,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.139,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,166</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>