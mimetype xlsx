--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e88132a68c94847" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f66496f8db44eac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb70d1085c6a44776"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0ba830357e54c7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd38f4c1ccb1b4c37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb70d1085c6a44776" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra65ff4e1df404dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0ba830357e54c7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Stars International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>409,687</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>