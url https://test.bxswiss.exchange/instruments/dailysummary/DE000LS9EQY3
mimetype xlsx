--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f66496f8db44eac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd02688274cf4463a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0ba830357e54c7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdcdcfcfc8e34a52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra65ff4e1df404dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0ba830357e54c7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf876ac31ac19486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdcdcfcfc8e34a52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Stars International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>