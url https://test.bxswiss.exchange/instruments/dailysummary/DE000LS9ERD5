--- v0 (2025-10-04)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1a78d3135074a57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R071325f9b0694afa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c89855a92ae48cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2264ebc95b3b4159"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80d30d45bcfd4bbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c89855a92ae48cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra103ce7b25204395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2264ebc95b3b4159" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Max' Anlagewerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,646</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>