--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R071325f9b0694afa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R626d0894f9ab4221" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2264ebc95b3b4159"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52e2a33642164724"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra103ce7b25204395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2264ebc95b3b4159" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf2659c34b784479" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52e2a33642164724" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Max' Anlagewerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,424 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>146,571</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>