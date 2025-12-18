--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R157f3374ecbf4625" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbf519b2218b4d3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R298ba35d60a54aa3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbde680ebe0a148dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7824884da9824860" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R298ba35d60a54aa3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66063eaad5f046e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbde680ebe0a148dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sicherheit vor Risiko</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>356,977</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>