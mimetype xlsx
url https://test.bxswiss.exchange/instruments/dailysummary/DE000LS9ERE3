--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbf519b2218b4d3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R846c53b35e904ce3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbde680ebe0a148dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d508f9ac5224533"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66063eaad5f046e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbde680ebe0a148dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3837301d39be40ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d508f9ac5224533" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sicherheit vor Risiko</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,300</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>