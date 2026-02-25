--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bd6a73add7e4bb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra60a45a9982d4ae3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe1a085c3c25419a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc33f427a0a8047ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b7066832469474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe1a085c3c25419a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9622702dbcf84f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc33f427a0a8047ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Werte Langfristige Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>79,739</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,567</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>80,844</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>