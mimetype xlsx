--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a62806dbbdb46da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69d15cd6676e4700" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf06df7a22e054c81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3fee070abbb4c36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R079ba464a28b4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf06df7a22e054c81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01af9dc2bf6749a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3fee070abbb4c36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Research Alpha Perform</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>143,429</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,984</x:t>
-[...566 lines deleted...]
-          <x:t>142,870</x:t>
+          <x:t>142,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>