--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69d15cd6676e4700" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4acd2ee6a12344a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3fee070abbb4c36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4133e2fc463d4961"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01af9dc2bf6749a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3fee070abbb4c36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc94c66dcf9234a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4133e2fc463d4961" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Research Alpha Perform</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...441 lines deleted...]
-          <x:t>143,581</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,359</x:t>
-[...134 lines deleted...]
-          <x:t>143,372</x:t>
+          <x:t>142,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>