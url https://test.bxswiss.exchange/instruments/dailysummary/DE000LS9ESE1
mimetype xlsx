--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87550712f4a641d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f786d9fdf254fce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cd22356947c4f1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eb93716dfc24f65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb66a6fb4ade44ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cd22356947c4f1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaef45e6249f4110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eb93716dfc24f65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeit + Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>155,634</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>