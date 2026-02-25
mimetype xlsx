--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f786d9fdf254fce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b9c235433844320" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eb93716dfc24f65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R010f0c902bad4182"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaef45e6249f4110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eb93716dfc24f65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2331927b0909430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R010f0c902bad4182" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeit + Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>