--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R876be7185e72424b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6685d43ff234116" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re21749a4a90340b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca1f34b9ec5440b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R872f6b8560db4f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re21749a4a90340b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d59c39cc3c14f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca1f34b9ec5440b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value, Growth and Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>206,396</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>