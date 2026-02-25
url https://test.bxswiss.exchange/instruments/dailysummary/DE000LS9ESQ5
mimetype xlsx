--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6685d43ff234116" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac6999ae89884118" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca1f34b9ec5440b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc211892e5b3c4b69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d59c39cc3c14f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca1f34b9ec5440b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14a0ba0fe3a94432" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc211892e5b3c4b69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value, Growth and Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...436 lines deleted...]
-          <x:t>214,749</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>213,513</x:t>
-[...139 lines deleted...]
-          <x:t>212,368</x:t>
+          <x:t>214,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>