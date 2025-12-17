--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1037bd97068745ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafdd94bba03e41f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a0302baf1c44f32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76a472f543e74cdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e3a8ea0ea9548d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a0302baf1c44f32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a12f2d886624657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76a472f543e74cdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Videoüberwachung (Security)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>244,767</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,588</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>