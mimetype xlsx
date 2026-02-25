--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafdd94bba03e41f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dbc76a0782741f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76a472f543e74cdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fb2f347319a4111"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a12f2d886624657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76a472f543e74cdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41420fbd72f34394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fb2f347319a4111" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Videoüberwachung (Security)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>