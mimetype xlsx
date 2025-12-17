--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf85ad491631404c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bfba5bc17d044cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc99783f84ee343f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb481106c99ac4d0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4977b13860384a93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc99783f84ee343f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b85986eaae64e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb481106c99ac4d0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland 30 Equal Weight</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>175,915</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>