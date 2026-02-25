--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bfba5bc17d044cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2987369c7e384216" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb481106c99ac4d0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6346f4f10b4348b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b85986eaae64e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb481106c99ac4d0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8dda5ebe0214979" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6346f4f10b4348b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland 30 Equal Weight</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>