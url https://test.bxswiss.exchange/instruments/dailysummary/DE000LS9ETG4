--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47f715a2b6724941" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c3e740a382a4a30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a720dedac7c4d9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14169e8598074373"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc4e6452288342ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a720dedac7c4d9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbaaceeea0fa4331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14169e8598074373" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Speed Up Regel Nr. 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>90,586</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>