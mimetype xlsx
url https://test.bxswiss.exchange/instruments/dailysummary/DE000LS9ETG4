--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c3e740a382a4a30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17f9702c964b40e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14169e8598074373"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5256ea93896c4858"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbaaceeea0fa4331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14169e8598074373" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1850bf62ed354cc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5256ea93896c4858" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Speed Up Regel Nr. 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>