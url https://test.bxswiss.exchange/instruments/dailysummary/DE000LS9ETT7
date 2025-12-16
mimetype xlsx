--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14d62bef29934603" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2520c4c3bc954cc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe901e12dd6f473e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fcb72cda74749bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80f43382f493454e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe901e12dd6f473e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46990c2bd5f84f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fcb72cda74749bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Printing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>81,145</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>