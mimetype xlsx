--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2520c4c3bc954cc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra807c3a7a61445dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fcb72cda74749bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f8760a0af0e40ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46990c2bd5f84f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fcb72cda74749bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R072fe9fe3ccb4ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f8760a0af0e40ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Printing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>77,067</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,664</x:t>
-[...404 lines deleted...]
-          <x:t>77,094</x:t>
+          <x:t>76,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>