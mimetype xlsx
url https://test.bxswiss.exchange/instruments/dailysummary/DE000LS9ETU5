--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18a8e468821f454f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49e5f69eca7647ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7a58dfa92874b21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26389a43faf343c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raddfe8802e2640e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7a58dfa92874b21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b8b24b948c44409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26389a43faf343c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Szew Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>144,780</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>