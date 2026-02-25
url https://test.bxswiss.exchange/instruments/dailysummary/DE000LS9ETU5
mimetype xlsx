--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49e5f69eca7647ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba538d4ba19a4e6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26389a43faf343c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R570e3e991524493c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b8b24b948c44409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26389a43faf343c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R330f300280ef4305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R570e3e991524493c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Szew Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>150,849</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,146</x:t>
-[...355 lines deleted...]
-          <x:t>153,583</x:t>
+          <x:t>153,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>