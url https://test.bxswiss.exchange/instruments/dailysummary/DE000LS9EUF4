--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reba79a2be4d94007" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red8b802a29fc4ec2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a68bf7c34144ee9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b98c159b9304161"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R020e5d45560f4f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a68bf7c34144ee9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd258c178a32485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b98c159b9304161" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aschenputtell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>298,142</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>