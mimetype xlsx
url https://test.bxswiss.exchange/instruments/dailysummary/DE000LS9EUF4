--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red8b802a29fc4ec2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a98bc1425fc43ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b98c159b9304161"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12c5cb88d96e41cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd258c178a32485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b98c159b9304161" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9edc1d355d58405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12c5cb88d96e41cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aschenputtell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>296,119</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>