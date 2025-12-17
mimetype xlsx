--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71e2cd71b41d448f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd72f514aaaf64dd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04c7fa63ab1646e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11e8e49048064bc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b94aa7d89ef42ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04c7fa63ab1646e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R853e8d920b454c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11e8e49048064bc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 aus USA, Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>180,525</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>