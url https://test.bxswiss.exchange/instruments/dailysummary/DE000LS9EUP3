--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd72f514aaaf64dd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb01f7a055cc34658" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11e8e49048064bc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R148b855c51684693"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R853e8d920b454c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11e8e49048064bc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R338f0d9beec94495" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R148b855c51684693" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 aus USA, Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,357</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>