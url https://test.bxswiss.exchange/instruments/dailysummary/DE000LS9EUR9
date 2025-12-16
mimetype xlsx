--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb34350ed17c547c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R828e6f8663d446a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R753f72875b354f01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re346b565c20d4497"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R576bfe6050e9419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R753f72875b354f01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R068a0287899e429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re346b565c20d4497" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>187,380</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>