--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebfdbfaa2e3f4e3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd63a5006e28c40cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R495b927d41894e03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdefdec7359bb44f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4b23be3ad7046c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R495b927d41894e03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa339ab374364e13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdefdec7359bb44f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>155,217</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,962</x:t>
-[...485 lines deleted...]
-          <x:t>158,245</x:t>
+          <x:t>155,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>