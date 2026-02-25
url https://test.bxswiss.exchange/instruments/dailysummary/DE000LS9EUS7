--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd63a5006e28c40cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R371e08e616de4372" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdefdec7359bb44f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc66d1c0f1f5c4f50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa339ab374364e13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdefdec7359bb44f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5296fd4abbab43f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc66d1c0f1f5c4f50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>