--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re43ba4d8e9c34cee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4deddac7ea54a3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47baafc6d6874aca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b4a8c39604b4400"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78266156475f49f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47baafc6d6874aca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93de208321a1408e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b4a8c39604b4400" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenprofit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>107,322</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,179</x:t>
-[...58 lines deleted...]
-          <x:t>108,188</x:t>
+          <x:t>107,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>