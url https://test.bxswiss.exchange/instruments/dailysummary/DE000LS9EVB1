--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4deddac7ea54a3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc3cbc67a6954416" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b4a8c39604b4400"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61ea8fe256324d6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93de208321a1408e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b4a8c39604b4400" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0c6f499726d4a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61ea8fe256324d6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenprofit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>108,805</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,797</x:t>
-[...166 lines deleted...]
-          <x:t>109,639</x:t>
+          <x:t>109,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>