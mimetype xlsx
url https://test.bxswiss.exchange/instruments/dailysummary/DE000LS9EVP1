--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7eaf1fcc06a4266" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41f31f32dca74cd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfba5a3b54f8e4dee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0f392eb0a094da6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd327e75b5ed4476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfba5a3b54f8e4dee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf37f0e5786b9421c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0f392eb0a094da6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>internationale Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>160,776</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>