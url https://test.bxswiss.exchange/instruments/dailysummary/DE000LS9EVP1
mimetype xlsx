--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41f31f32dca74cd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6191ce6fcb141ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0f392eb0a094da6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d5cf59ffc404189"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf37f0e5786b9421c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0f392eb0a094da6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R000cf7f6a5674775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d5cf59ffc404189" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>internationale Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...436 lines deleted...]
-          <x:t>154,175</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,587</x:t>
-[...139 lines deleted...]
-          <x:t>152,639</x:t>
+          <x:t>155,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>