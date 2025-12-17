--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0490e7eb96094181" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1f8618fb3b246b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8408dffb44c4cf2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R742676fa09be49ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e60ca7bb081418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8408dffb44c4cf2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0df1a0873a84462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R742676fa09be49ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defense &amp; Protection Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,599 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>870,414</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>766,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>766,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>773,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>