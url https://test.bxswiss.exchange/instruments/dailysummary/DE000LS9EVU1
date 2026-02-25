--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1f8618fb3b246b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4aab10c2ff84486" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R742676fa09be49ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9e0c96fa2874bab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0df1a0873a84462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R742676fa09be49ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6425d067015c455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9e0c96fa2874bab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defense &amp; Protection Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,599 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...518 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>761,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>764,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>754,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>757,718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>740,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>740,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>732,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>736,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>928,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>925,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>941,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>925,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>929,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>941,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>949,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>928,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>