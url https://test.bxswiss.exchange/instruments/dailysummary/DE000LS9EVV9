--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c88f49be5354d1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf5979d067104934" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19a0029d23a140b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf34035ba19a44b68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33661575ec7e4c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19a0029d23a140b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b6ddfeaefd048cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf34035ba19a44b68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>268,035</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>