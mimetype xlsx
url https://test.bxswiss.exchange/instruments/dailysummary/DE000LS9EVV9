--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf5979d067104934" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5db1986784ab4b0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf34035ba19a44b68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2070f0d73e674a9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b6ddfeaefd048cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf34035ba19a44b68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc70401f226704edf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2070f0d73e674a9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,579</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>