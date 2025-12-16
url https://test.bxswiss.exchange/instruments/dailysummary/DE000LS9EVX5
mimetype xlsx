--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b67f28fe9e74848" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d65098770814c81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf306a88ce5d241fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e3886eb1cde4ff0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbcf0015d0bc400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf306a88ce5d241fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fe0a3f5a47c4402" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e3886eb1cde4ff0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>deutsche Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>13,822</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,383</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>