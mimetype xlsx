--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d65098770814c81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4452c62f7fc3464c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e3886eb1cde4ff0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf06fe56c3e4b3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fe0a3f5a47c4402" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e3886eb1cde4ff0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb15ac056a8f49dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf06fe56c3e4b3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>deutsche Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...544 lines deleted...]
-          <x:t>15,598</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,255</x:t>
-[...31 lines deleted...]
-          <x:t>15,383</x:t>
+          <x:t>15,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,442</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>