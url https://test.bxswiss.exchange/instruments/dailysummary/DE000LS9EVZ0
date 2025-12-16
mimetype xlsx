--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43937b8b91154700" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a2713f98974cb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5286bb5bc6e4d6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19ecce1b1e5c465a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9e043cbf912450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5286bb5bc6e4d6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R754ad3a74d104c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19ecce1b1e5c465a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Tech Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>333,987</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>