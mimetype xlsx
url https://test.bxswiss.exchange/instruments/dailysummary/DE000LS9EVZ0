--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a2713f98974cb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64358999364c475a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19ecce1b1e5c465a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4da2550017714a7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R754ad3a74d104c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19ecce1b1e5c465a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref9cbe0184624d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4da2550017714a7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Tech Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>286,249</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>281,849</x:t>
-[...220 lines deleted...]
-          <x:t>277,160</x:t>
+          <x:t>286,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>