--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb807b04d4ca54833" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf711034f8d6e4d7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d7bb367420c40d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16f6e415a9c44e67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfec0374cd0244267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d7bb367420c40d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b6b3b87e887447d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16f6e415a9c44e67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Infrastruktur, Logistik, Wohnen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>199,488</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>