--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab04c8876acb47a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R222e7919b4674242" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa12e196928f48a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd05b9cb773394725"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ff79d6be2d34fef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa12e196928f48a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21fa8ebba719492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd05b9cb773394725" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>O'Shaughnessy Value Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,600</x:t>
-[...26 lines deleted...]
-          <x:t>121,618</x:t>
+          <x:t>121,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,347</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>121,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>