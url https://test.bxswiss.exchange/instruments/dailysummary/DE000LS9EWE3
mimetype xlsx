--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R222e7919b4674242" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae8502aece8543ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd05b9cb773394725"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7f1f85eaed04700"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21fa8ebba719492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd05b9cb773394725" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c72946f50a04d16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7f1f85eaed04700" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>O'Shaughnessy Value Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,684</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>