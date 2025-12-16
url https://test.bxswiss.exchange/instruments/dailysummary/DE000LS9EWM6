--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03d95ec1751842a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b400f7c5419476c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R500389f3fffe4257"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R681e218f74bb4c00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc53d483e608046c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R500389f3fffe4257" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f9c14d8234c43c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R681e218f74bb4c00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenperlen+Gebertstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>143,695</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,138</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>