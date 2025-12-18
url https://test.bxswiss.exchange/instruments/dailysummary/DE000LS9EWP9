--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R984fd8f84d8f4fc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29789ed823fc4ba9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d1da43a6ec34660"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb434d9ce17dd41bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87a722d630dd4f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d1da43a6ec34660" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re64e28f17b314930" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb434d9ce17dd41bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diversifiziert im Langzeittrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>234,642</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>