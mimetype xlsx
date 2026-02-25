--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29789ed823fc4ba9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e68a8fa69a74be5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb434d9ce17dd41bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14180a9525884aaa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re64e28f17b314930" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb434d9ce17dd41bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eea42fff1b04df3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14180a9525884aaa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diversifiziert im Langzeittrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>