--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74989d963a5c4a1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R035cca0766e0415a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bffb91e785a4fc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70eb2a27ad054d3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R709fd84b28034234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bffb91e785a4fc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9b968137ed147df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70eb2a27ad054d3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovationen und Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,668</x:t>
-[...495 lines deleted...]
-          <x:t>110,940</x:t>
+          <x:t>98,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>