--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R035cca0766e0415a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63f868e2e8b74630" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70eb2a27ad054d3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdebb64ab43604b3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9b968137ed147df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70eb2a27ad054d3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf364498fddb84158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdebb64ab43604b3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovationen und Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>96,068</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>