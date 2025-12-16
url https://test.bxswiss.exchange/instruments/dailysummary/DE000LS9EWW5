--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6bc17b93764453d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc55b4b7130c421b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R791b32ba505b4943"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa42b91b578f46cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a0575edf86c4bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R791b32ba505b4943" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57aaa14ab86042f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa42b91b578f46cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alltagsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,309</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>30.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,241</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>213,020</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>