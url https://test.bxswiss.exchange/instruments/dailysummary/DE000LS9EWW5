--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc55b4b7130c421b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc54568dfb65d478e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa42b91b578f46cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab79892b7ca04f5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57aaa14ab86042f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa42b91b578f46cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dd87f462e824eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab79892b7ca04f5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alltagsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>