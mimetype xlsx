--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9924a3a8b2c645c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dc46dfeb9884957" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea4224512bbc4758"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58847b07f1bd433e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72d5f1efc1574f6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea4224512bbc4758" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e1dbb9b2ea24322" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58847b07f1bd433e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spiegelung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>26,958</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,940</x:t>
-[...156 lines deleted...]
-          <x:t>26,756</x:t>
+          <x:t>26,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,808</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>26,870</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,811</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>26,879</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>