--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dc46dfeb9884957" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84828aabb9cb4e78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58847b07f1bd433e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf277da7dfbd24209"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e1dbb9b2ea24322" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58847b07f1bd433e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7519fcf0a184b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf277da7dfbd24209" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spiegelung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>26,681</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,637</x:t>
-[...21 lines deleted...]
-          <x:t>26,598</x:t>
+          <x:t>26,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,687</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>26,759</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,695</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>26,787</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,749</x:t>
-[...269 lines deleted...]
-          <x:t>26,811</x:t>
+          <x:t>26,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>