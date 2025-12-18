--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c9bf9300a7b4edb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab5cd14527704532" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c704b948271481d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb0d077913cd466c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f0375b6ffab4404" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c704b948271481d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68016b647d1742c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb0d077913cd466c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GER TECH-CAP Risk-Return Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>178,041</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,383</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>178,858</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>