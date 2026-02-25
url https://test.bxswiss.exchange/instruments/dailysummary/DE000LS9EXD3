--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab5cd14527704532" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0caf43dad5b48fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb0d077913cd466c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0609034070d84847"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68016b647d1742c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb0d077913cd466c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R259deeba40c44b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0609034070d84847" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GER TECH-CAP Risk-Return Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>178,377</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>178,267</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>178,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>