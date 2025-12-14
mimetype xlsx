--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e6152dca8314a67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cc7bf16441f4312" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e31aae24e2f4753"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaf85d4cd3414bfb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67964261ff7f4438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e31aae24e2f4753" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R671558968a854d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaf85d4cd3414bfb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Key investment opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>206,222</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,726</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>