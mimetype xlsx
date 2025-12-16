--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra62144f8eefd4d24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb764585945ce416f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R580ef1e75b19447c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c4247f1c4ac41ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd389fcc34d5e445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R580ef1e75b19447c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d799bc2f660446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c4247f1c4ac41ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment unterbewertete Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>201,157</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>