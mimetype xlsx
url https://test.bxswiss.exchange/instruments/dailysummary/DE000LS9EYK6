--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb764585945ce416f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R489ab0d4da124105" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c4247f1c4ac41ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46a6c96c04b74d59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d799bc2f660446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c4247f1c4ac41ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R845a0b62c77b4347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46a6c96c04b74d59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment unterbewertete Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>203,129</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>202,029</x:t>
-[...215 lines deleted...]
-          <x:t>200,123</x:t>
+          <x:t>199,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>