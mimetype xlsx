--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R374a4ccb040c475a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4871ed88b17a4790" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf1f8677ea0c43bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R577d6cbe3c62466c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raab355b0d88f4682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf1f8677ea0c43bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a29606443604922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R577d6cbe3c62466c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Szew Small Cap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>667,296</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>