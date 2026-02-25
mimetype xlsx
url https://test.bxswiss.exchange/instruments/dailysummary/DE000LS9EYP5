--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4871ed88b17a4790" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49bc9abff8dd493c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R577d6cbe3c62466c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8be8aa64e04e4d1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a29606443604922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R577d6cbe3c62466c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84132d3fa49544e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8be8aa64e04e4d1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Szew Small Cap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>720,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>721,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>716,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>718,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>