--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re37073cb3999420c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R041900a4ad8f4a49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57de632069654077"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1242a6398a84446a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c6df52bc5184cc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57de632069654077" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1864ed14428e4661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1242a6398a84446a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amagosa Invest weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>211,210</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,299</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>214,379</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>