--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R041900a4ad8f4a49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racecf3b2dfc347a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1242a6398a84446a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38fdcfe54c394fff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1864ed14428e4661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1242a6398a84446a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3c4feaeb80d44c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38fdcfe54c394fff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amagosa Invest weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>219,030</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>217,368</x:t>
-[...220 lines deleted...]
-          <x:t>218,520</x:t>
+          <x:t>220,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>