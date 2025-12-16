--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaebe99baa474a2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42abfed2eeab4743" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcd1469ecb2340f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f8cf1a3282e4bf7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8825c14a24464999" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcd1469ecb2340f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26474c9647e84753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f8cf1a3282e4bf7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ausgewählte Value-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>210,156</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>