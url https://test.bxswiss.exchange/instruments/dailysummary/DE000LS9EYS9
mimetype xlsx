--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42abfed2eeab4743" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re15947803d684731" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f8cf1a3282e4bf7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R853fa98e244e4ef5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26474c9647e84753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f8cf1a3282e4bf7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb47a9926f34549c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R853fa98e244e4ef5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ausgewählte Value-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>