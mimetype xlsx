--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda40a22b68bc40e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb398993a19904a0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d41e0c8b59548c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04e0a57906184430"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6e7bb97457a415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d41e0c8b59548c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd72563a5074544d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04e0a57906184430" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pharma / Medizientechnik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>145,176</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,853</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>145,222</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>